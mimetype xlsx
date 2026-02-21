--- v0 (2026-01-05)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f5831f7907e4e8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dd87928717749aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a35389307c14264"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc997aa6698fc492e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1e583d667884fd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a35389307c14264" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcef13c77f9144058" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc997aa6698fc492e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI USA Hot Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>88,351</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,098</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>