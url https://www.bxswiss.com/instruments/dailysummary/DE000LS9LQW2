--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dd87928717749aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc12f0c15921a415a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc997aa6698fc492e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46c7c49ddbe94f2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcef13c77f9144058" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc997aa6698fc492e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R965d01618740445c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46c7c49ddbe94f2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI USA Hot Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,508</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,839</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>