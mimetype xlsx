--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R509bdcea4f404520" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55fac5e8919a4666" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re77b9200e45e46e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92dd9807729042cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R438e307a0a854f87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re77b9200e45e46e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R273f8dd138964b99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92dd9807729042cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Beteiligungsunternehmen von CN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>149,150</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,312</x:t>
-[...543 lines deleted...]
-        <x:is>
           <x:t>150,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>