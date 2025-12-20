--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55fac5e8919a4666" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69bca3ca18554da6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92dd9807729042cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54c05f155a11420d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R273f8dd138964b99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92dd9807729042cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R468dfdf949db43bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54c05f155a11420d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Beteiligungsunternehmen von CN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>150,571</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>