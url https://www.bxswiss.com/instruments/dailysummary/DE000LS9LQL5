--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69bca3ca18554da6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc078fb86e57c40e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54c05f155a11420d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21f61313e9024b59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R468dfdf949db43bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54c05f155a11420d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89519c9a8c6f4935" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21f61313e9024b59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Beteiligungsunternehmen von CN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,949</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>141,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,069</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>140,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,451</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>