--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc078fb86e57c40e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a984830c0cb4ebb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21f61313e9024b59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e99341f5b6c4d11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89519c9a8c6f4935" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21f61313e9024b59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R631bc2176975458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e99341f5b6c4d11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Beteiligungsunternehmen von CN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>140,909</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,881</x:t>
-[...323 lines deleted...]
-          <x:t>149,271</x:t>
+          <x:t>137,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>