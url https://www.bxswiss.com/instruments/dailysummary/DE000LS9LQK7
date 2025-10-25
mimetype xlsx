--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fcdabb40011409a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab43d995c1dd407f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c72c8a96e5c40f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f271bb2214f4e4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bc4cf697b0e4cce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c72c8a96e5c40f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c6a864e4e85449f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f271bb2214f4e4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>cocabuffys global invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,089</x:t>
-[...360 lines deleted...]
-          <x:t>20,094</x:t>
+          <x:t>18,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>