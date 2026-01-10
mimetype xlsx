--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab43d995c1dd407f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9355a51af694669" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f271bb2214f4e4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6799c0953f2a474c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c6a864e4e85449f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f271bb2214f4e4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94a14f2ce5b740fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6799c0953f2a474c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>cocabuffys global invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>18,853</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>