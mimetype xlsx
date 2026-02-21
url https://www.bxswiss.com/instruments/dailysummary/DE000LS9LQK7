--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9355a51af694669" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f19c735fab545c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6799c0953f2a474c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ef0518ee9d7435d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94a14f2ce5b740fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6799c0953f2a474c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21e520a0356f4e2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ef0518ee9d7435d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>cocabuffys global invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>15,860</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>