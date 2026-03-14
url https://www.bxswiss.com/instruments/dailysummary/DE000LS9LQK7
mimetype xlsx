--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f19c735fab545c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1abfd81b07b2455a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ef0518ee9d7435d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5831f403a964dd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21e520a0356f4e2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ef0518ee9d7435d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbeba5011af240b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5831f403a964dd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>cocabuffys global invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>12,465</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,433</x:t>
-[...11 lines deleted...]
-          <x:t>12,380</x:t>
+          <x:t>12,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,249</x:t>
-[...220 lines deleted...]
-          <x:t>12,255</x:t>
+          <x:t>11,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>