--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59a5f6dc2d4d4dba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R578dd699919a4238" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R841babc4a58748c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91e0ee09d9f740a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc837c2e2ed4344ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R841babc4a58748c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61b5e9eb7ac1493c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91e0ee09d9f740a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE, Aktien, Aussicht A++</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,823</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,176</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>