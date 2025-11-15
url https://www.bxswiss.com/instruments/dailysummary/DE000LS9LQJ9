--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R578dd699919a4238" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reca579fc6a0d4c9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91e0ee09d9f740a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re307b94071474067"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61b5e9eb7ac1493c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91e0ee09d9f740a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raee41a41439d4ea4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re307b94071474067" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE, Aktien, Aussicht A++</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,627 +149,222 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>107,721</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,437</x:t>
-[...528 lines deleted...]
-        <x:is>
           <x:t>106,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,511</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,611</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>