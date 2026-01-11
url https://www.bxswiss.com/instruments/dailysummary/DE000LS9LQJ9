--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reca579fc6a0d4c9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R378d2f0858d94d1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re307b94071474067"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ae22d0456fc4ec9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raee41a41439d4ea4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re307b94071474067" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dfdc79a40c14d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ae22d0456fc4ec9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE, Aktien, Aussicht A++</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>98,501</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,954</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>