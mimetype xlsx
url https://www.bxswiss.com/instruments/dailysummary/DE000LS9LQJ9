--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R378d2f0858d94d1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e21daead41045ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ae22d0456fc4ec9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R767655a75b9044ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dfdc79a40c14d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ae22d0456fc4ec9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94cbf292bd0245b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R767655a75b9044ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE, Aktien, Aussicht A++</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...392 lines deleted...]
-          <x:t>99,821</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,119</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>101,954</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,288</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>