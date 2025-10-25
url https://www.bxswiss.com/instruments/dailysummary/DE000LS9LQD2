--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b096f3af8d345fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6410eafe0cb4b64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra45b177a87d74eb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62ba24d62911427d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R172fc39d588e4bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra45b177a87d74eb2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b58421852ec4e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62ba24d62911427d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>gooDividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>