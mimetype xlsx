--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6410eafe0cb4b64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R258fa4639ce14f75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62ba24d62911427d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56e4ed3cbcc540ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b58421852ec4e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62ba24d62911427d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0986414b0fd84ecd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56e4ed3cbcc540ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>gooDividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>153,182</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,860</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,508</x:t>
-[...70 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>155,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>158,149</x:t>
-[...441 lines deleted...]
-          <x:t>155,148</x:t>
+          <x:t>157,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,738</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>