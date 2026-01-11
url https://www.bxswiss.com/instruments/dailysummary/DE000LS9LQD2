--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R258fa4639ce14f75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a26043fad104601" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56e4ed3cbcc540ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R798ef94e480c481e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0986414b0fd84ecd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56e4ed3cbcc540ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd593ce9434b541a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R798ef94e480c481e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>gooDividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>