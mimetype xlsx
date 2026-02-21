--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a26043fad104601" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92c934c164954814" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R798ef94e480c481e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b57fb4ea4334cc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd593ce9434b541a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R798ef94e480c481e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbac37431bccf4820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b57fb4ea4334cc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>gooDividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...306 lines deleted...]
-          <x:t>159,837</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>159,837</x:t>
-[...134 lines deleted...]
-          <x:t>161,943</x:t>
+          <x:t>158,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,936</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>