--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92c934c164954814" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7e5f8fb6cb84991" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b57fb4ea4334cc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b0c9907d3d6448d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbac37431bccf4820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b57fb4ea4334cc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb735448bbe6414c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b0c9907d3d6448d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>gooDividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>160,320</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>159,866</x:t>
-[...177 lines deleted...]
-        <x:is>
           <x:t>159,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,555</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,089</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,644</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>