--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6755ee250d5a4471" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R920cfadcdfb84744" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R232a12b332444b0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10241895ecdc426b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bb6749c4fb143d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R232a12b332444b0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb35f67951bfb4cac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10241895ecdc426b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BANKING</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>96,781</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>