--- v1 (2025-11-14)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R920cfadcdfb84744" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96840178c07b40e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10241895ecdc426b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5065e8362655463d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb35f67951bfb4cac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10241895ecdc426b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf86c1deb9e7e476a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5065e8362655463d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BANKING</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...409 lines deleted...]
-          <x:t>100,327</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,331</x:t>
-[...220 lines deleted...]
-          <x:t>99,489</x:t>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,856</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>