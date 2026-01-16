--- v2 (2025-12-27)
+++ v3 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96840178c07b40e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bbf54efb5cd430d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5065e8362655463d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0c857fd35554004"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf86c1deb9e7e476a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5065e8362655463d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R969e762add564743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0c857fd35554004" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BANKING</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +332,328 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>