--- v3 (2026-01-16)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bbf54efb5cd430d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c801a6305754baa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0c857fd35554004"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60cdf406001e44af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R969e762add564743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0c857fd35554004" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a505db8304b4127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60cdf406001e44af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BANKING</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>108,739</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,707</x:t>
-[...134 lines deleted...]
-          <x:t>106,167</x:t>
+          <x:t>106,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,383</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>