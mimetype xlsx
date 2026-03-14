--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c801a6305754baa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce178d4f7c2145c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60cdf406001e44af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac891ab1b8cd4b74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a505db8304b4127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60cdf406001e44af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ac6b35174004515" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac891ab1b8cd4b74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BANKING</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,231</x:t>
-[...414 lines deleted...]
-          <x:t>105,383</x:t>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>