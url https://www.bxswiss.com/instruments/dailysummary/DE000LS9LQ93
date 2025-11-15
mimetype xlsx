--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbafcc39c21514410" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08f12e36eb5f4a0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60b06e8e05314bdc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc81bc8a13f7045fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R722d4778c29a4e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60b06e8e05314bdc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09e9a1da42a74bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc81bc8a13f7045fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HL Invest Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQ93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>303,626</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>