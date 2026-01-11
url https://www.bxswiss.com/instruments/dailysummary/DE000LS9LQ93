--- v1 (2025-11-15)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08f12e36eb5f4a0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4377c56c45aa422f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc81bc8a13f7045fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8fc39516bba4c56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09e9a1da42a74bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc81bc8a13f7045fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a956747cb0445e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8fc39516bba4c56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HL Invest Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQ93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>275,277</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>