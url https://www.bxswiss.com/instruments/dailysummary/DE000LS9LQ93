--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4377c56c45aa422f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb41a1fce49a84ea9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8fc39516bba4c56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcdb6d19fd524525"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a956747cb0445e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8fc39516bba4c56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R275eb104caf14f2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcdb6d19fd524525" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HL Invest Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQ93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>291,897</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>