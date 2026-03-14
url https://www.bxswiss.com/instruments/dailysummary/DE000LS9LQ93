--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb41a1fce49a84ea9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb581dae610d4429e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcdb6d19fd524525"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb452d7461bc74875"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R275eb104caf14f2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcdb6d19fd524525" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6247a1852d24582" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb452d7461bc74875" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HL Invest Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LQ93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,634</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>