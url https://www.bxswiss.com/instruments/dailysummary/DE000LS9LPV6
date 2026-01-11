--- v0 (2025-10-26)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c2e8790ffbf42b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff6f190a26a24b3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re148db04403e469d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8161f9ebc9204dc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb715835ba5d24959" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re148db04403e469d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R815044bdae08472e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8161f9ebc9204dc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>David gegen Goliath - nur Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LPV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>169,973</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>