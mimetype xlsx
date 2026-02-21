--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff6f190a26a24b3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c47daa8a39845d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8161f9ebc9204dc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75bebc73f9dc419e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R815044bdae08472e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8161f9ebc9204dc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7bf1e7a7e3f4db2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75bebc73f9dc419e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>David gegen Goliath - nur Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LPV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>166,960</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>