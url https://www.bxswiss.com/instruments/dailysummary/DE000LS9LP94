--- v0 (2025-10-03)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2f95e7010984247" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdce52660f76841dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89c89d4cfe3646b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80334d7211864f4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra26670d25e1e4ae9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89c89d4cfe3646b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R583a7f66e53f482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80334d7211864f4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ente oder Adler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...527 lines deleted...]
-          <x:t>172,445</x:t>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,055</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>179,462</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>