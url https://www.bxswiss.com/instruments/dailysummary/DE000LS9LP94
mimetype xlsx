--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdce52660f76841dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red400ed033bf4d8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80334d7211864f4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33f0b387ccb14630"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R583a7f66e53f482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80334d7211864f4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbd124f63d144ac0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33f0b387ccb14630" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ente oder Adler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>170,406</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,602</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>169,665</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>