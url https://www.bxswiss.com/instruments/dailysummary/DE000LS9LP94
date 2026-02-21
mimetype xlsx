--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red400ed033bf4d8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc0ba9aeee3548ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33f0b387ccb14630"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radbb286ba0cc4efc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbd124f63d144ac0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33f0b387ccb14630" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0156971233fb4ed8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radbb286ba0cc4efc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ente oder Adler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>170,647</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,149</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>