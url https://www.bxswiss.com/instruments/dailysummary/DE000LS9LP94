--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc0ba9aeee3548ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17cc51a537a54cbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radbb286ba0cc4efc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc294a4ec33d48cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0156971233fb4ed8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radbb286ba0cc4efc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re34dcdd03a9b4d8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc294a4ec33d48cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ente oder Adler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>153,931</x:t>
-[...333 lines deleted...]
-          <x:t>151,149</x:t>
+          <x:t>157,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>