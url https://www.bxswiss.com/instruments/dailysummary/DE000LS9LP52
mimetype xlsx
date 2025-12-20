--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73ddeee7671148da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61300036fe874fef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5edd57781ac14785"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62caf351c6184453"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f4ed7f6a2af486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5edd57781ac14785" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f2cd8f9151142ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62caf351c6184453" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>X-FOKUSSIERT nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>124,346</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,996</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>