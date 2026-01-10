--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61300036fe874fef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6a6f0414e18448a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62caf351c6184453"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16c4021a7d424ad2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f2cd8f9151142ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62caf351c6184453" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf35a7bb73ee4210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16c4021a7d424ad2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>X-FOKUSSIERT nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,048</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>