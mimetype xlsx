--- v2 (2026-01-10)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6a6f0414e18448a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29a1def3256d44c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16c4021a7d424ad2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re34eebcf071b45de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf35a7bb73ee4210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16c4021a7d424ad2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R323decaf13a64d95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re34eebcf071b45de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>X-FOKUSSIERT nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,952</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>