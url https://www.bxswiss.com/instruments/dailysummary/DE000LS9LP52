--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29a1def3256d44c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R380d635f8399439f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re34eebcf071b45de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7eacee1b9d1447e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R323decaf13a64d95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re34eebcf071b45de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a9ca0c3b85649b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7eacee1b9d1447e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>X-FOKUSSIERT nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>129,006</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,377</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>