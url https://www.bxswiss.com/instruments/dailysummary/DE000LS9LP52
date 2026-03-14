--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R380d635f8399439f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ae5343a47d44495" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7eacee1b9d1447e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec7ed1e5dfed4d71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a9ca0c3b85649b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7eacee1b9d1447e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44ff3eee8fcd48a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec7ed1e5dfed4d71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>X-FOKUSSIERT nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>127,995</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,871</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...123 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,871</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,405</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,548</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>