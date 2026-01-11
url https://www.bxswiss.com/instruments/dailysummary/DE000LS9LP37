--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00e31bdf288e4e78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c5add1af6034b6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae7b5f5c1dc94534"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5be2a2ed20e446a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bdc883e653d4b45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae7b5f5c1dc94534" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4a5982ef8054bc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5be2a2ed20e446a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HL Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>118,357</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,096</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>119,925</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>