--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c5add1af6034b6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c9c4821e5fa4bc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5be2a2ed20e446a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6069d050b06407a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4a5982ef8054bc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5be2a2ed20e446a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec4b90abf5b44c28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6069d050b06407a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HL Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>120,609</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,374</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>