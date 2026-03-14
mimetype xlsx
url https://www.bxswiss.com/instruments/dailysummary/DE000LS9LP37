--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c9c4821e5fa4bc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5bc8893e8734ea0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6069d050b06407a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0c1d6dac3da43bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec4b90abf5b44c28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6069d050b06407a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5731f19712114b23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0c1d6dac3da43bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HL Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,889</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,756</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>