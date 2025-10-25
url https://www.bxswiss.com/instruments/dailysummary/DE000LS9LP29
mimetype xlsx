--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b6bb3e935aa4eb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa78eca6846b4032" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15fe250641ee446a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3c8516caaa142b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e6ff4f50fc446ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15fe250641ee446a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d4fb5a20dd84814" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3c8516caaa142b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Best Choice</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,017</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>