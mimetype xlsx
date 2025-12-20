--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa78eca6846b4032" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R075aad402c894082" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3c8516caaa142b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00a73113e778423b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d4fb5a20dd84814" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3c8516caaa142b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c2b4dd396884d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00a73113e778423b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Best Choice</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>273,563</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>