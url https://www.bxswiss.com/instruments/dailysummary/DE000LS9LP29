--- v2 (2025-12-20)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R075aad402c894082" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76e27daaf86248c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00a73113e778423b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R960cb522cc324bd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c2b4dd396884d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00a73113e778423b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa9e104358d44930" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R960cb522cc324bd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Best Choice</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,583</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>