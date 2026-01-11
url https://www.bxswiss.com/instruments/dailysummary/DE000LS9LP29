--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76e27daaf86248c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6454b8f848e4b9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R960cb522cc324bd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6187d6b9ef545da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa9e104358d44930" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R960cb522cc324bd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaf6af17bc5c49dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6187d6b9ef545da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Best Choice</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,605 +149,200 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>283,979</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>282,217</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>279,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,277</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,468</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,701</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>