--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6454b8f848e4b9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e5b76d643134ebd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6187d6b9ef545da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra427bd71d733430e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaf6af17bc5c49dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6187d6b9ef545da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94f5d74733cd43d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra427bd71d733430e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Best Choice</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>284,701</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>