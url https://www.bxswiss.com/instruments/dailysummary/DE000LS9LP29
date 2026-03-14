--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e5b76d643134ebd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8680099815be4456" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra427bd71d733430e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a4c991bafc54044"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94f5d74733cd43d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra427bd71d733430e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8328013f878f4af8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a4c991bafc54044" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Best Choice</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>263,535</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,761</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...199 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,646</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,787</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>