--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26686ca3f7864a61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re90ea8cd731c4232" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b6fd0a6f5574573"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e4d8328edd94cc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9269758249a04a9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b6fd0a6f5574573" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d6c4117fc86430b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e4d8328edd94cc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Markenartikelaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP03</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>164,185</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,279</x:t>
-        </x:is>
-[...332 lines deleted...]
-          <x:t>169,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>