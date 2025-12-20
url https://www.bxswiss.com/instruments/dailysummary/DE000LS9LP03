--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re90ea8cd731c4232" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R506e399f1eea4c31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e4d8328edd94cc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfc9349078a041de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d6c4117fc86430b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e4d8328edd94cc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02411c3473da4564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfc9349078a041de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Markenartikelaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP03</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...188 lines deleted...]
-          <x:t>29.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>168,043</x:t>
-[...26 lines deleted...]
-          <x:t>170,706</x:t>
+          <x:t>168,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>169,421</x:t>
-[...404 lines deleted...]
-          <x:t>164,279</x:t>
+          <x:t>169,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>