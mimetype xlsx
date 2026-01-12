--- v2 (2025-12-20)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R506e399f1eea4c31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2957c113e5f4be6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfc9349078a041de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31bbd4f7d5f94dec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02411c3473da4564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfc9349078a041de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19241a4a013b4fb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31bbd4f7d5f94dec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Markenartikelaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP03</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,277</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,841</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>