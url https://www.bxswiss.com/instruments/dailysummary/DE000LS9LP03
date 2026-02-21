--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2957c113e5f4be6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb75d9044a6fd4d83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31bbd4f7d5f94dec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96317963d9c1456e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19241a4a013b4fb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31bbd4f7d5f94dec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71becfa1a12048d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96317963d9c1456e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Markenartikelaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP03</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>174,841</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>