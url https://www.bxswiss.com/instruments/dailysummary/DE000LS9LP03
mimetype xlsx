--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb75d9044a6fd4d83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63e0b3fd3ede40ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96317963d9c1456e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4d1a18770f44844"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71becfa1a12048d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96317963d9c1456e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23c0678de4b94090" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4d1a18770f44844" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Markenartikelaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LP03</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,763</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,751</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>