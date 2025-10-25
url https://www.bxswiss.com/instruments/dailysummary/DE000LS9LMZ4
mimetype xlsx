--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7de21fde2104d4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R937394b6ca0447d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd330a859c48c4118"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ea58bac5b9643bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R446907d4d15a41bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd330a859c48c4118" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2a3cee800b6430d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ea58bac5b9643bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Black Magic Miners</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,429</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,724</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>