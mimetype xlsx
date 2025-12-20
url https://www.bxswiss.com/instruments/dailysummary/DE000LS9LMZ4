--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R937394b6ca0447d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e9491534b274084" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ea58bac5b9643bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd84429a1c77346ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2a3cee800b6430d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ea58bac5b9643bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R821a3fa7488c4a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd84429a1c77346ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Black Magic Miners</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>114,168</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,742</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>115,724</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>