--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e9491534b274084" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf04b669f59f47bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd84429a1c77346ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R413515d8abe84db2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R821a3fa7488c4a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd84429a1c77346ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R041432b1f7c04fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R413515d8abe84db2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Black Magic Miners</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,989</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,406</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>