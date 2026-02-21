--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf04b669f59f47bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4aef854f45f4f30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R413515d8abe84db2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recd07f13c62f4312"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R041432b1f7c04fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R413515d8abe84db2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98083b29e4094797" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recd07f13c62f4312" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Black Magic Miners</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,998</x:t>
-[...441 lines deleted...]
-          <x:t>121,406</x:t>
+          <x:t>118,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>