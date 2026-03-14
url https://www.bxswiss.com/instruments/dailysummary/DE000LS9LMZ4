--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4aef854f45f4f30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88332293f77946b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recd07f13c62f4312"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e9e3662c3eb46ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98083b29e4094797" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recd07f13c62f4312" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R150cbd8f6ed143b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e9e3662c3eb46ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Black Magic Miners</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>120,823</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,989</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>119,118</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,195</x:t>
-[...490 lines deleted...]
-          <x:t>121,562</x:t>
+          <x:t>120,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>