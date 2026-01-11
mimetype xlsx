--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc42b7fd6e53a4528" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9122a14a9814580" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R198b4b8ff1e740c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2b232d8c1954801"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec645708da294d46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R198b4b8ff1e740c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd31c1e8ab4584fab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2b232d8c1954801" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Plattformen der Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>370,338</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>