--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9122a14a9814580" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2cbe5aa299c4373" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2b232d8c1954801"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red92a54b8e854adc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd31c1e8ab4584fab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2b232d8c1954801" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f0ec85f56184eee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red92a54b8e854adc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Plattformen der Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>372,822</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>