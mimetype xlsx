--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2cbe5aa299c4373" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc040e1389b1496e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red92a54b8e854adc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea85115a69b949fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f0ec85f56184eee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red92a54b8e854adc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d5016759540488b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea85115a69b949fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Plattformen der Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,788</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>