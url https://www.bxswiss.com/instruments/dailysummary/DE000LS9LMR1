--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a99d31724f844d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd90ea8eb7cc14d27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd061f397666749ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re04f9235be2d4907"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9108aa955c784264" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd061f397666749ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15c5634eb60f459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re04f9235be2d4907" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>flexhelp A  Krisen &amp; Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>385,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>387,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>385,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>385,725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>396,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>394,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,437</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>