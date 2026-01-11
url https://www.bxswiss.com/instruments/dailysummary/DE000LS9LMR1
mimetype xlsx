--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd90ea8eb7cc14d27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b23eb3232a34086" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re04f9235be2d4907"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4093ea77b1374de5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15c5634eb60f459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re04f9235be2d4907" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd68fbcf4b7894da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4093ea77b1374de5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>flexhelp A  Krisen &amp; Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>393,437</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>