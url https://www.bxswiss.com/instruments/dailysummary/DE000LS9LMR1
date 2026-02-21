--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b23eb3232a34086" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41a3aacf19424a9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4093ea77b1374de5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf034c60957524ce1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd68fbcf4b7894da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4093ea77b1374de5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac37dec90c5e4079" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf034c60957524ce1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>flexhelp A  Krisen &amp; Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>404,413</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,861</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>