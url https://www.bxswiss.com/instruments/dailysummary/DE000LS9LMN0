--- v0 (2025-10-26)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aa14236e04d4db4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5e433f6d21f444b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd00856734ef442d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5b42eb361ef4d0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cc199a8195f447e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd00856734ef442d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R071a4620e4714a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5b42eb361ef4d0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jahres-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>111,691</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,332</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>