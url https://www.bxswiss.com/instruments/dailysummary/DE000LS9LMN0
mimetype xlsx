--- v1 (2026-01-08)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5e433f6d21f444b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R018aff0597154492" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5b42eb361ef4d0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93114255e0c74359"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R071a4620e4714a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5b42eb361ef4d0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89ef104c78324a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93114255e0c74359" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jahres-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,104 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,335</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +548,85 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>