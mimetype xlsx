--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R018aff0597154492" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cdf499c5a77409a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93114255e0c74359"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55cc0d02a5f74483"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89ef104c78324a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93114255e0c74359" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2ed7dfe2e62413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55cc0d02a5f74483" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jahres-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>136,804</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,482</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>