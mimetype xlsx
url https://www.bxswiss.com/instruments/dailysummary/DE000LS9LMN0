--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cdf499c5a77409a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R201d64c0cce84067" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55cc0d02a5f74483"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R668e6ad9250b4daf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2ed7dfe2e62413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55cc0d02a5f74483" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcffb655dd65d4956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R668e6ad9250b4daf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jahres-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,502</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,527</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>