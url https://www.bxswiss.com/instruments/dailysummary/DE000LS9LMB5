--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R338b483c38bf423c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7d1f720096a4ddb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc836bc2da5fe4859"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a173c75fe0b4f94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc375947793546ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc836bc2da5fe4859" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5407952a9d14af6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a173c75fe0b4f94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Magic Formula 17</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>82,390</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,336</x:t>
-[...323 lines deleted...]
-          <x:t>82,428</x:t>
+          <x:t>82,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>