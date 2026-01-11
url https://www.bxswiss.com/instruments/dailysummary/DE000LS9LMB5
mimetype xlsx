--- v1 (2025-11-15)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7d1f720096a4ddb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47ad1ab62b7a41ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a173c75fe0b4f94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffd6c0bafc1e468d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5407952a9d14af6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a173c75fe0b4f94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb207839afbd4242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffd6c0bafc1e468d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Magic Formula 17</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>82,119</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,031</x:t>
-[...308 lines deleted...]
-          <x:t>81,842</x:t>
+          <x:t>81,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,763</x:t>
-[...301 lines deleted...]
-          <x:t>81,261</x:t>
+          <x:t>82,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>