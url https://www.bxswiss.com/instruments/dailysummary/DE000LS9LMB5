--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47ad1ab62b7a41ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd56f707888234f0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffd6c0bafc1e468d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5f5125ba60b40d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb207839afbd4242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffd6c0bafc1e468d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re04e988af75b4ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5f5125ba60b40d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Magic Formula 17</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>82,089</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,337</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>