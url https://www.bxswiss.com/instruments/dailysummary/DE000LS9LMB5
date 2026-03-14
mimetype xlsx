--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd56f707888234f0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6032c1f0e8bc48ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5f5125ba60b40d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d331fdd743b49f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re04e988af75b4ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5f5125ba60b40d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7895a57b04b947b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d331fdd743b49f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Magic Formula 17</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LMB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,235</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,418</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>