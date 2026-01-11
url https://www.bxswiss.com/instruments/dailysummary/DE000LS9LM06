--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9779d4f195f4d69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09e4c5ed07d84070" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dbc591914574f04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R348b6440da5e4b68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R656bbd3c10284de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dbc591914574f04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e7cf118fcc0471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R348b6440da5e4b68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Magic Formula 20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LM06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>76,242</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,657</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>78,650</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>