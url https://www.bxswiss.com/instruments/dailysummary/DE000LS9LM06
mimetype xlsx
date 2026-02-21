--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09e4c5ed07d84070" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4b29ccaa5574a33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R348b6440da5e4b68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc05b0ee998834cd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e7cf118fcc0471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R348b6440da5e4b68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1153a221bb7644a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc05b0ee998834cd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Magic Formula 20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LM06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...338 lines deleted...]
-          <x:t>75,063</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,189</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>76,984</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>