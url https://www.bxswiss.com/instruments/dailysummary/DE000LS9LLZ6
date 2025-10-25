--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R469ab6a1b7b34036" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reae3cae0ada54939" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6c2b7cd981743ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18c6fd1533744940"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bf6369d5d9845bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6c2b7cd981743ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radc5087b80674d81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18c6fd1533744940" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LugInvest - Typ Momentum USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>