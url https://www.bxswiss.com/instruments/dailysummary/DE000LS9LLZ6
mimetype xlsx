--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reae3cae0ada54939" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cfe81df49b747b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18c6fd1533744940"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4daa70edca1d4c4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radc5087b80674d81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18c6fd1533744940" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2241d082c80f4a21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4daa70edca1d4c4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LugInvest - Typ Momentum USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>212,429</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>