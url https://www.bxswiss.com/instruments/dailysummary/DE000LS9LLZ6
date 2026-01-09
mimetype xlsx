--- v2 (2026-01-08)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cfe81df49b747b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb3198e40bd54511" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4daa70edca1d4c4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd194fc185344b65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2241d082c80f4a21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4daa70edca1d4c4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7bea8ec042240dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd194fc185344b65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LugInvest - Typ Momentum USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,091</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>