--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb3198e40bd54511" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra66d44f67daf48b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd194fc185344b65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa98e3b6812740b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7bea8ec042240dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd194fc185344b65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recd2fec331aa45aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa98e3b6812740b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LugInvest - Typ Momentum USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>214,963</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>