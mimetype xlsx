--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra66d44f67daf48b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8b8dafb7d8a4eaa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa98e3b6812740b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d562a48e321487f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recd2fec331aa45aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa98e3b6812740b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe91f4d7ce934091" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d562a48e321487f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LugInvest - Typ Momentum USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,295</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,084</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>