--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R083a9bb36f5e47f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff7951c933784fa1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raed0361a70984641"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R419717cd1037460e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff1a7b2316b5455b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raed0361a70984641" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bbeab01531548c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R419717cd1037460e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>disruptive Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>203,676</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,775</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>203,491</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,672</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>15.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>203,989</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>203,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>203,596</x:t>
-[...220 lines deleted...]
-          <x:t>203,683</x:t>
+          <x:t>203,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>