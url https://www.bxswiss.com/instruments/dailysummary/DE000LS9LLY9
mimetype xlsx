--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff7951c933784fa1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66d41f5be66044f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R419717cd1037460e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd02ea91bcfb14171"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bbeab01531548c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R419717cd1037460e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f38ef3a5e494687" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd02ea91bcfb14171" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>disruptive Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>203,843</x:t>
-[...4 lines deleted...]
-          <x:t>203,233</x:t>
+          <x:t>204,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,447</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...342 lines deleted...]
-          <x:t>202,661</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,880</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>201,489</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>