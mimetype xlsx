--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66d41f5be66044f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9574e471b30a4db9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd02ea91bcfb14171"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82f85e1492b04a2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f38ef3a5e494687" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd02ea91bcfb14171" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0c0de43da9649cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82f85e1492b04a2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>disruptive Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,458</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,644</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>