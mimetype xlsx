--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9574e471b30a4db9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb46a4168ad0d497b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82f85e1492b04a2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc196c2196234aa7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0c0de43da9649cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82f85e1492b04a2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e2e15632ee341d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc196c2196234aa7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>disruptive Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>202,644</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>