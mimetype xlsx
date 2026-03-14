--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb46a4168ad0d497b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2273101dfa264469" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc196c2196234aa7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra33884b8bf5e4cb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e2e15632ee341d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc196c2196234aa7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b26d3a7688f493b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra33884b8bf5e4cb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>disruptive Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>