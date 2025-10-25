--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R721d4bb8adbb4a6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1948e5e9566f4e5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c62a1039c34451d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26b34c3cc865488b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R074b7a3e08f840e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c62a1039c34451d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98b9c0e068e34a39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26b34c3cc865488b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bauch Trader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,420</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>