--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1948e5e9566f4e5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c3eedd6a4174161" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26b34c3cc865488b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99eae473639b412c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98b9c0e068e34a39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26b34c3cc865488b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cd9ec7bc19e488f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99eae473639b412c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bauch Trader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,336</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...632 lines deleted...]
-          <x:t>287,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>