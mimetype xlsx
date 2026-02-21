--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c3eedd6a4174161" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2a33e6b1485458b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99eae473639b412c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re62fd1d827b04a20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cd9ec7bc19e488f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99eae473639b412c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7e12da32d014235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re62fd1d827b04a20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bauch Trader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>276,677</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>