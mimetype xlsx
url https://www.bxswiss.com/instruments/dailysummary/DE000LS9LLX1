--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2a33e6b1485458b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e6d029290dd425a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re62fd1d827b04a20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33229d879ead498a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7e12da32d014235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re62fd1d827b04a20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R439db4382cd646c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33229d879ead498a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bauch Trader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,027</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>