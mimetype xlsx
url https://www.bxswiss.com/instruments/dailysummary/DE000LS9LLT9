--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78ca4b4117754d5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfea91f1c3c39493b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae139a328ee34390"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb816de7fdf664719"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6083e96e89a743a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae139a328ee34390" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ed056be9f264ede" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb816de7fdf664719" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Modify</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,368</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>