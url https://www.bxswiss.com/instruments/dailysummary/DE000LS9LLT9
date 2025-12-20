--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfea91f1c3c39493b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R415b3cd4ff0e4a7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb816de7fdf664719"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38ff708cdf2b40fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ed056be9f264ede" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb816de7fdf664719" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21fd7e3a14264659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38ff708cdf2b40fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Modify</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>87,368</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>