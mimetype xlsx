--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R415b3cd4ff0e4a7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8207e798e7eb4364" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38ff708cdf2b40fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R030c2c503610480e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21fd7e3a14264659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38ff708cdf2b40fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d44b97867a64ff0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R030c2c503610480e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Modify</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>88,517</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,408</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>