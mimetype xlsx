--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8207e798e7eb4364" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd395737eb79a456c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R030c2c503610480e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08129372992b4971"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d44b97867a64ff0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R030c2c503610480e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c275a02cfc14cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08129372992b4971" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Modify</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...301 lines deleted...]
-          <x:t>87,994</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,887</x:t>
-[...166 lines deleted...]
-          <x:t>89,760</x:t>
+          <x:t>88,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,846</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>