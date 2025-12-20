--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b8727e6899e4c39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd290a141d00f4752" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e103c6b70904297"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra300d03a80fe4a81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff89abc663a147aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e103c6b70904297" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50eeb939c35443a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra300d03a80fe4a81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TopTrend bargeldloses Bezahlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>212,393</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>