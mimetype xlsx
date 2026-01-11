--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd290a141d00f4752" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f7e9f672b5748af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra300d03a80fe4a81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd91bab800ad04411"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50eeb939c35443a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra300d03a80fe4a81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea47907bfec74db7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd91bab800ad04411" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TopTrend bargeldloses Bezahlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>214,402</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,671</x:t>
-        </x:is>
-[...511 lines deleted...]
-          <x:t>214,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>