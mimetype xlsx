--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f7e9f672b5748af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d0d0bc945b444cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd91bab800ad04411"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb61cde77d32343db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea47907bfec74db7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd91bab800ad04411" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88c3d5efc1be49d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb61cde77d32343db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TopTrend bargeldloses Bezahlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>217,671</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>