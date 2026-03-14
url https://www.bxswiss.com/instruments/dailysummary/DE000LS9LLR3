--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d0d0bc945b444cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ae52d70668442d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb61cde77d32343db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R268d17ca81284618"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88c3d5efc1be49d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb61cde77d32343db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66a1e149ba424161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R268d17ca81284618" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TopTrend bargeldloses Bezahlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,077</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>