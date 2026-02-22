--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75bfb6550fea4c09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5995848375484943" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf71f3a5051f14fcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc78160e01beb4e2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f950247dd95453a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf71f3a5051f14fcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b03ba6252db4d50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc78160e01beb4e2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dt. Aktien-Momentum-Protect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...419 lines deleted...]
-          <x:t>153,485</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,944</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>154,362</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>