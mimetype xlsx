--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5995848375484943" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rade01dae863f41d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc78160e01beb4e2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c3dfd3ca74a495f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b03ba6252db4d50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc78160e01beb4e2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58c82f09bb8e4c6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c3dfd3ca74a495f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dt. Aktien-Momentum-Protect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,714</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>