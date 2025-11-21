--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R844a9aa680794245" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d1d23223cc64772" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4018884941e8428e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd57d587d9be94288"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55f2039c59434316" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4018884941e8428e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49772ea9a76a4e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd57d587d9be94288" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech-Risk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>110,094</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,752</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...489 lines deleted...]
-          <x:t>28.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,272</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.10.2025</x:t>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,512</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>