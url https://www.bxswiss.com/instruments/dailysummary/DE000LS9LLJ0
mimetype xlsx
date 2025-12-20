--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d1d23223cc64772" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7adcf921aa6a48e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd57d587d9be94288"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf4028286ccc4f42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49772ea9a76a4e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd57d587d9be94288" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc535f0a556694869" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf4028286ccc4f42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech-Risk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,003</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,456</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>