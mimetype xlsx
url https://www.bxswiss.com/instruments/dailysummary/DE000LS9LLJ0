--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7adcf921aa6a48e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R914d88f500b04167" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf4028286ccc4f42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fa4cbcf6cca420b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc535f0a556694869" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf4028286ccc4f42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c9e529c46124bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fa4cbcf6cca420b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech-Risk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>115,937</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,456</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>114,456</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,156</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>