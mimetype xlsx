--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R914d88f500b04167" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f373b1ec0a44019" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fa4cbcf6cca420b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redf09b5221944db0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c9e529c46124bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fa4cbcf6cca420b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaa9bdb395764d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redf09b5221944db0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech-Risk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>118,156</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,417</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>