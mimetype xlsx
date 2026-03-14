--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f373b1ec0a44019" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf31e8b596c840e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redf09b5221944db0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2870d9447dbd4eb2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaa9bdb395764d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redf09b5221944db0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a84c324731448f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2870d9447dbd4eb2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech-Risk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,438 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,980</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>118,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,238</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>