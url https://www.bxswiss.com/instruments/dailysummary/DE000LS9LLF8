--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R632d2493f8714059" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19b35625c88f46ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1604ccd2333a4a27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42b0bf894c374a4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27fb199ef20043f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1604ccd2333a4a27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f5773fc74e0415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42b0bf894c374a4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diversified Growth-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,803</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,058</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>