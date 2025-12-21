--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19b35625c88f46ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac46f3f5f68c45b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42b0bf894c374a4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca70c549074d41db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f5773fc74e0415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42b0bf894c374a4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7eb9a932db84121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca70c549074d41db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diversified Growth-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...306 lines deleted...]
-          <x:t>47,924</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,629</x:t>
-[...323 lines deleted...]
-          <x:t>44,058</x:t>
+          <x:t>45,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,538</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>