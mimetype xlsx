--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac46f3f5f68c45b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98313e35959d4f5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca70c549074d41db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72b75f286cf8469c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7eb9a932db84121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca70c549074d41db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04f01087de924c36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72b75f286cf8469c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diversified Growth-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>45,203</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,030</x:t>
-        </x:is>
-[...516 lines deleted...]
-          <x:t>43,538</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>