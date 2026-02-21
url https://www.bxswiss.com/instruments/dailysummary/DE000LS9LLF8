--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98313e35959d4f5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra237144415e447e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72b75f286cf8469c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66956f0836a24a65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04f01087de924c36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72b75f286cf8469c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R218f7d3be98e43d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66956f0836a24a65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diversified Growth-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>44,030</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,528</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>