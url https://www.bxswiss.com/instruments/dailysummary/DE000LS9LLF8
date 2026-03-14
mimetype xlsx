--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra237144415e447e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6da0c1570b84b2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66956f0836a24a65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1319d15e8a8949c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R218f7d3be98e43d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66956f0836a24a65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb8938fffcfb4873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1319d15e8a8949c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diversified Growth-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,488</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>