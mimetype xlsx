--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re76ada17b21447b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb33099e815b4bea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8058cbe071244228"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R208f90231c954ce5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1eed07844d3a48b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8058cbe071244228" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9a6b2df55e54c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R208f90231c954ce5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SR Global Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>110,425</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,147</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...595 lines deleted...]
-          <x:t>113,606</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>