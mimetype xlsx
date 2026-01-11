--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb33099e815b4bea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R643e84d35b2f4c42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R208f90231c954ce5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1180fb5ce81448ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9a6b2df55e54c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R208f90231c954ce5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb836f05077e649c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1180fb5ce81448ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SR Global Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...225 lines deleted...]
-          <x:t>114,066</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,875</x:t>
-[...404 lines deleted...]
-          <x:t>111,130</x:t>
+          <x:t>112,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,051</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>