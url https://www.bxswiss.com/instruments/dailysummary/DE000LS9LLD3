--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R643e84d35b2f4c42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4351e20a1a2b4e36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1180fb5ce81448ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re40bca773c29424c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb836f05077e649c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1180fb5ce81448ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc5241aa1a934947" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re40bca773c29424c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SR Global Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,633 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>116,051</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>