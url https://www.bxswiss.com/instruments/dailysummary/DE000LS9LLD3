--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4351e20a1a2b4e36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e116f31e2e8462f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re40bca773c29424c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae2bb9896c184ffb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc5241aa1a934947" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re40bca773c29424c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe1934fdd6d842aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae2bb9896c184ffb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SR Global Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LLD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,415 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...363 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -751,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,204</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>