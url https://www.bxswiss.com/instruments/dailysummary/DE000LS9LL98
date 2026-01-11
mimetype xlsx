--- v0 (2025-10-26)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19b4707900834875" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c4352fa68444657" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0de9f214a9ca4801"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45e1aff1cf6e4a1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10811dd9ca2e4f51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0de9f214a9ca4801" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7ee992e8af14bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45e1aff1cf6e4a1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aufbau-Ost 2017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LL98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>103,775</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,257</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>