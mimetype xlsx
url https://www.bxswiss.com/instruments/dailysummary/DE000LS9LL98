--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c4352fa68444657" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1816d574994d4ac4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45e1aff1cf6e4a1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd98fb55dfc5a4122"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7ee992e8af14bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45e1aff1cf6e4a1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56dfcfacc3924a55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd98fb55dfc5a4122" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aufbau-Ost 2017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LL98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>109,257</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>