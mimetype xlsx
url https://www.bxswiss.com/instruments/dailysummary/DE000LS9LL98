--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1816d574994d4ac4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R592f755bddaa41be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd98fb55dfc5a4122"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f7b211aa6f84c77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56dfcfacc3924a55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd98fb55dfc5a4122" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b539de18d404ffe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f7b211aa6f84c77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aufbau-Ost 2017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LL98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,645 +149,645 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,549</x:t>
-[...548 lines deleted...]
-        <x:is>
           <x:t>105,945</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>