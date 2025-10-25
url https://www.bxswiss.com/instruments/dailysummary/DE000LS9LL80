--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf062ecfa08014cb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c3a24a7b0ec4a8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a55b14d2ea6473a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c7a8688daf24478"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R151f78f9c43a4062" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a55b14d2ea6473a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30dfdd9738414e9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c7a8688daf24478" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sterne des Südens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LL80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>214,254</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,734</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...197 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,660</x:t>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,613</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>