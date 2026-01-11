--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c3a24a7b0ec4a8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R934b703c7e444f71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c7a8688daf24478"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0ce7ab62a5b4c26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30dfdd9738414e9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c7a8688daf24478" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d02fb83e8bd451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0ce7ab62a5b4c26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sterne des Südens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LL80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>207,613</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>