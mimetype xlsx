--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R934b703c7e444f71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86d0f8a242744189" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0ce7ab62a5b4c26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb03a8fe88a3248f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d02fb83e8bd451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0ce7ab62a5b4c26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde50b897178c4488" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb03a8fe88a3248f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sterne des Südens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LL80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>207,405</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>