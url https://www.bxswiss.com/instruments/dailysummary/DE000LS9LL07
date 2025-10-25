--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93f6dbcae5dd41c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4135808414745c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27da65dd94654e8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fcea11dcea742d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ec946a6ec98447b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27da65dd94654e8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0dada7297964936" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fcea11dcea742d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Genussmittel Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LL07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,328 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...276 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -664,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>