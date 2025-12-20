--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4135808414745c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R188e068542344315" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fcea11dcea742d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ff571cfeaae4813"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0dada7297964936" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fcea11dcea742d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R373d7aab0c4a4788" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ff571cfeaae4813" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Genussmittel Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LL07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>134,005</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>