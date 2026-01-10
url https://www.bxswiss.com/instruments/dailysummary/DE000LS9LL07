--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R188e068542344315" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1774cc9d7bc94334" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ff571cfeaae4813"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re58544f4a1624763"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R373d7aab0c4a4788" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ff571cfeaae4813" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R969aea36cc5e464c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re58544f4a1624763" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Genussmittel Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LL07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,539</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,50 +339,293 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,880</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>