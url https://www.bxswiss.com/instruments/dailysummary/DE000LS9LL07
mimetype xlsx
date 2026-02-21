--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1774cc9d7bc94334" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25d7bea18cfe4916" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re58544f4a1624763"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra62da57b026d45ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R969aea36cc5e464c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re58544f4a1624763" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5451441d0c3c4cb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra62da57b026d45ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Genussmittel Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LL07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>126,880</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>