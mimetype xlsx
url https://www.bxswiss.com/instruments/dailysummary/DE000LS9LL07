--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25d7bea18cfe4916" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R073d9ea399b74256" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra62da57b026d45ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc61806a82d124e7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5451441d0c3c4cb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra62da57b026d45ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35250410c94e46a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc61806a82d124e7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Genussmittel Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LL07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>