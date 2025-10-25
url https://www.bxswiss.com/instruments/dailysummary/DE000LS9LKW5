--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a3830f1e6ba4605" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27aecc9b28fe456a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R782ff84879e74a83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde2b092949ba4eaa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R511882c17b7c4e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R782ff84879e74a83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91109d91c05c46b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde2b092949ba4eaa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industry 4.0 Top Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>123,618</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,653</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,155</x:t>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>