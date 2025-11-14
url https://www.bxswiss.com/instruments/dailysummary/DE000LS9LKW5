--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27aecc9b28fe456a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2955c7430ed453a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde2b092949ba4eaa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R476afcdf24394394"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91109d91c05c46b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde2b092949ba4eaa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27e612ae165b498e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R476afcdf24394394" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industry 4.0 Top Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,486</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>