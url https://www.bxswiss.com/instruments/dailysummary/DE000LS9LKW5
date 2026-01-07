--- v2 (2025-11-14)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2955c7430ed453a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30537c023a74463c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R476afcdf24394394"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65381f4e8cf54c08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27e612ae165b498e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R476afcdf24394394" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d08a9bb12664310" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65381f4e8cf54c08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industry 4.0 Top Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>126,486</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,414</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>