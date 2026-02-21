--- v3 (2026-01-07)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30537c023a74463c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ab2c07ec7b24fd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65381f4e8cf54c08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redd00be0f2ba430b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d08a9bb12664310" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65381f4e8cf54c08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd36103042fd24da9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redd00be0f2ba430b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industry 4.0 Top Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>125,414</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,079</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>