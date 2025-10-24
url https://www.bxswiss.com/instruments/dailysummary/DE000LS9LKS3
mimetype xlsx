--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7a6e2860b424ebc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re475cdff5e734e0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb65afcc0356e40c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50e2e5c06c974937"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b6b9a039d9b4e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb65afcc0356e40c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6418cd16527b4b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50e2e5c06c974937" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technofundamentalist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>100,786</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,558</x:t>
-[...317 lines deleted...]
-        <x:is>
           <x:t>100,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,673</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,773</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>