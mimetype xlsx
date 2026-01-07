--- v1 (2025-10-24)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re475cdff5e734e0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e7f7a2ba3744ad3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50e2e5c06c974937"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra937e99065b644b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6418cd16527b4b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50e2e5c06c974937" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dacf901e58a4a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra937e99065b644b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technofundamentalist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,869</x:t>
-[...480 lines deleted...]
-          <x:t>99,784</x:t>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,326</x:t>
-[...85 lines deleted...]
-          <x:t>99,575</x:t>
+          <x:t>99,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>