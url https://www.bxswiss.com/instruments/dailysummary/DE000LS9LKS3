--- v2 (2026-01-07)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e7f7a2ba3744ad3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9297f8394400485e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra937e99065b644b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf51edff055514472"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dacf901e58a4a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra937e99065b644b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R064558ec1aa84b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf51edff055514472" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technofundamentalist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>100,054</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>