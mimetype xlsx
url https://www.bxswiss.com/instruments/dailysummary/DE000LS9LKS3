--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9297f8394400485e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9d3517038364580" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf51edff055514472"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8c39fa48bb34465"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R064558ec1aa84b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf51edff055514472" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R199019ac904e4d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8c39fa48bb34465" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technofundamentalist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,013</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>