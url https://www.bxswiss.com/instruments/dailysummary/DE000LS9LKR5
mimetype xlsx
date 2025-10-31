--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ac7de72bc2440c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f00811ca78e436c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra709e74711c3462d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebc5bbf1c8f14867"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43c27060f50f47f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra709e74711c3462d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf84e7efa14754f0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebc5bbf1c8f14867" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top-Trendaktien USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>197,916</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>197,244</x:t>
-[...463 lines deleted...]
-          <x:t>202,743</x:t>
+          <x:t>200,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>