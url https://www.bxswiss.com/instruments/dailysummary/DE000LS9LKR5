--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f00811ca78e436c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R266c8ae076f84b16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebc5bbf1c8f14867"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ef899225425494b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf84e7efa14754f0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebc5bbf1c8f14867" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f26ce7f8e724bde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ef899225425494b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top-Trendaktien USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,930</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,594</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>