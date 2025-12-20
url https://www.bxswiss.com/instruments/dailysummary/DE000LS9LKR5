--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R266c8ae076f84b16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaba59d61ec843c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ef899225425494b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5eee027de86647ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f26ce7f8e724bde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ef899225425494b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf82172125784781" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5eee027de86647ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top-Trendaktien USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>