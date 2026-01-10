--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaba59d61ec843c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9353325c863f4013" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5eee027de86647ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccd3d153ca2f4c4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf82172125784781" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5eee027de86647ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7657b03408c24f74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccd3d153ca2f4c4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top-Trendaktien USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>215,950</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,936</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>210,645</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>