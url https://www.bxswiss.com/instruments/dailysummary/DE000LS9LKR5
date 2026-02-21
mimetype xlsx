--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9353325c863f4013" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R239d095c24304162" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccd3d153ca2f4c4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbd7eac5ba144c8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7657b03408c24f74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccd3d153ca2f4c4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd5c70fe377c4f03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbd7eac5ba144c8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top-Trendaktien USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>217,631</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,826</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>