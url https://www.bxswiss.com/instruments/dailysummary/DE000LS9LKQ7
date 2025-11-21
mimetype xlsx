--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34f77bb8c113438b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R302bf6f49bee48c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6224cbadcc024e17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb6ed969ef324094"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f2dc5866ea8441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6224cbadcc024e17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R758c313f804342f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb6ed969ef324094" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5Dogs of AT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,280</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,972</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>