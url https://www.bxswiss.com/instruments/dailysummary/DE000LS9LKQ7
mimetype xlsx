--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R302bf6f49bee48c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cbde4ed54b64a54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb6ed969ef324094"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a2cc749e5444c84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R758c313f804342f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb6ed969ef324094" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R036bb41475464f1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a2cc749e5444c84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5Dogs of AT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,563</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>