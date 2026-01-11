--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cbde4ed54b64a54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R475494036ceb482c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a2cc749e5444c84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0083e9f8c684ca4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R036bb41475464f1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a2cc749e5444c84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fb9e44ef0bd4fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0083e9f8c684ca4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5Dogs of AT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,064</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,503</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>