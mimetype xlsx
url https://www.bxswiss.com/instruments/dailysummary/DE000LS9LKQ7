--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R475494036ceb482c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R436400347cfb4c0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0083e9f8c684ca4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd074d8026f34565"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fb9e44ef0bd4fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0083e9f8c684ca4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39a8ed250bf040c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd074d8026f34565" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5Dogs of AT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>220,503</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>