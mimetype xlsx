--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R436400347cfb4c0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8815ddc102954ae7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd074d8026f34565"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd7939d710f14c90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39a8ed250bf040c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd074d8026f34565" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R317a53569fd349eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd7939d710f14c90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5Dogs of AT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,962</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,164</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>