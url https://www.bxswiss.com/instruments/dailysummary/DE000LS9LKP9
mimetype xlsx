--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab5422176aed4941" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radd543aeaf3949bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92d42d2c5e954a20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25245658fe82436e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5561251f4dd4240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92d42d2c5e954a20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14098c89b1ed491b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25245658fe82436e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Watchlist pro</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>303,162</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,079</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>