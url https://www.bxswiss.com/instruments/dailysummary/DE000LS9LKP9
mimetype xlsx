--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radd543aeaf3949bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bf4787cf0f84f86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25245658fe82436e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14db398436e74788"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14098c89b1ed491b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25245658fe82436e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fdf670de8814d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14db398436e74788" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Watchlist pro</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,143</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>