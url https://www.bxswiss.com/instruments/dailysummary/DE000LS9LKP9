--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bf4787cf0f84f86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f09df05ad0d4f1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14db398436e74788"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98f6bcd5d7894ee9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fdf670de8814d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14db398436e74788" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R461714525dc145a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98f6bcd5d7894ee9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Watchlist pro</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,065</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,518</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>