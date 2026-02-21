--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f09df05ad0d4f1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3ba6ef38703444f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98f6bcd5d7894ee9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1d7db9f5d194cc4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R461714525dc145a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98f6bcd5d7894ee9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58851dc26463477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1d7db9f5d194cc4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Watchlist pro</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>295,518</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,828</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>