--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3ba6ef38703444f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd75236a5e29640fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1d7db9f5d194cc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75c75cce0ab240d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58851dc26463477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1d7db9f5d194cc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re80c4e3c50b24ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75c75cce0ab240d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Watchlist pro</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,936</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>