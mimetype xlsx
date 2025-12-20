--- v0 (2025-10-16)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refa6125d93c8467c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ed191565568489c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda296443b2b44742"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5144d782b0eb48aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5bd7c597dbf425a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda296443b2b44742" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9a14be4e1a04a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5144d782b0eb48aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft  4.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>341,054</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,281</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>