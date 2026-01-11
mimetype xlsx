--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ed191565568489c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8c99200e18349ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5144d782b0eb48aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racb6f10009664bd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9a14be4e1a04a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5144d782b0eb48aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbb49869188242a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racb6f10009664bd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft  4.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,677</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,819</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>