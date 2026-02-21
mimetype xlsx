--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8c99200e18349ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R641f989b4752499c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racb6f10009664bd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1584601169cb44b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbb49869188242a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racb6f10009664bd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1544c5f6fcf041aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1584601169cb44b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft  4.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>350,819</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>