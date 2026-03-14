--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R641f989b4752499c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2f080d8097747a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1584601169cb44b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5df12d1ae58244c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1544c5f6fcf041aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1584601169cb44b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9238cd246cfa4c16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5df12d1ae58244c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft  4.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,772</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,527</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>