--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra89fd838620c4bb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b8e86f9e7d24009" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82a416dd93aa4b0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf55369ef253949b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cccb93b06054081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82a416dd93aa4b0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63b3321b73084f8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf55369ef253949b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Finance Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>149,225</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,354</x:t>
-[...382 lines deleted...]
-          <x:t>150,355</x:t>
+          <x:t>149,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,931</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>