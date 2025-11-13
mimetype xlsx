--- v1 (2025-10-24)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b8e86f9e7d24009" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84af4ce02ab74947" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf55369ef253949b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a48ac5063d64445"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63b3321b73084f8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf55369ef253949b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8692a56f76994b93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a48ac5063d64445" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Finance Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,581</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,344</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>