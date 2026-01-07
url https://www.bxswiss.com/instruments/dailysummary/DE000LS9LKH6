--- v2 (2025-11-13)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84af4ce02ab74947" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c8bd8f99f8047bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a48ac5063d64445"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb5e437dbffe48c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8692a56f76994b93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a48ac5063d64445" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78c0d716e6e54028" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb5e437dbffe48c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Finance Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,437 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>153,344</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,763</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>