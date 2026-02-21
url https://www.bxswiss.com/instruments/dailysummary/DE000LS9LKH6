--- v3 (2026-01-07)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c8bd8f99f8047bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3800017625264231" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb5e437dbffe48c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6fae5e26314437d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78c0d716e6e54028" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb5e437dbffe48c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R148115bfedd34852" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6fae5e26314437d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Finance Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,437 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>163,763</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>