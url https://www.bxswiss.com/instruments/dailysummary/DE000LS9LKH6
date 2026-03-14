--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3800017625264231" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd100229275f24014" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6fae5e26314437d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09027c4c1e7b4a66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R148115bfedd34852" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6fae5e26314437d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c6a5c8535b142fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09027c4c1e7b4a66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Finance Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,626</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>