--- v0 (2025-11-15)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80e654ba6be341fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66b1edb7aea54f3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99949f61a59a40dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ab9e2e7d350478d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc16f0e47d6254724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99949f61a59a40dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4476ffba7f75401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ab9e2e7d350478d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie-DividendenDF2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>166,450</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,544</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>