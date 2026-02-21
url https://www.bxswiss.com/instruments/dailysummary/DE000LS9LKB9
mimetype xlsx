--- v1 (2026-01-07)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66b1edb7aea54f3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re65b959e8f274140" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ab9e2e7d350478d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eb110b4862647e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4476ffba7f75401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ab9e2e7d350478d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R838f0962d7a64706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eb110b4862647e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie-DividendenDF2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>171,544</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>