--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re65b959e8f274140" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61d336dac19e4a4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eb110b4862647e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdff78448e78d40a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R838f0962d7a64706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eb110b4862647e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63d78c5285894a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdff78448e78d40a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie-DividendenDF2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...377 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>174,060</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>172,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,947</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,892</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>