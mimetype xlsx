--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb397917b7f944fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a85252cc5404c0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdca21ee865d241b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R949157691e3147ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree2cf766c1414822" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdca21ee865d241b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R179908577db34e3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R949157691e3147ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top-Trendaktien Defensiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>123,626</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,465</x:t>
-[...490 lines deleted...]
-          <x:t>124,639</x:t>
+          <x:t>124,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>