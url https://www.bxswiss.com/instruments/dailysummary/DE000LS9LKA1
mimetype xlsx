--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a85252cc5404c0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75f0cef34e1e4319" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R949157691e3147ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R267abaa4699a497f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R179908577db34e3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R949157691e3147ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa02aeed8c414ebf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R267abaa4699a497f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top-Trendaktien Defensiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...198 lines deleted...]
-          <x:t>124,159</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,333</x:t>
-[...431 lines deleted...]
-          <x:t>113,946</x:t>
+          <x:t>117,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>