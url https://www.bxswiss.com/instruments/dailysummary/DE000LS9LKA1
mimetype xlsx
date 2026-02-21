--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75f0cef34e1e4319" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3048192eb76e4754" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R267abaa4699a497f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41e9c682367d4147"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa02aeed8c414ebf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R267abaa4699a497f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99623f4b08054309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41e9c682367d4147" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top-Trendaktien Defensiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>116,161</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,407</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>