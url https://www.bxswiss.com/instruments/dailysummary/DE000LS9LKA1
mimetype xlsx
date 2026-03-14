--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3048192eb76e4754" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78d9b826b5574d3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41e9c682367d4147"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8276a1055c884060"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99623f4b08054309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41e9c682367d4147" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab2c778d6c8c48f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8276a1055c884060" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top-Trendaktien Defensiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LKA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,856</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,221</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>