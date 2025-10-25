--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdea6559288f44691" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48c8d09d022547b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4ab455b7f9f4047"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9809e3dd71434da7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16d7c47bb8ec4eaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4ab455b7f9f4047" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdc2344bdab04cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9809e3dd71434da7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tausendschön</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>145,777</x:t>
-[...116 lines deleted...]
-        <x:is>
           <x:t>146,228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,940</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>