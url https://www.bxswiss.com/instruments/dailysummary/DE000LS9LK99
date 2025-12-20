--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48c8d09d022547b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R676ec75a10864b6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9809e3dd71434da7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R050a5dc65e064639"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdc2344bdab04cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9809e3dd71434da7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R718de6399ca749df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R050a5dc65e064639" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tausendschön</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...463 lines deleted...]
-          <x:t>150,808</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,722</x:t>
-[...166 lines deleted...]
-          <x:t>152,305</x:t>
+          <x:t>151,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,769</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>