--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R676ec75a10864b6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79e14ef430b343d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R050a5dc65e064639"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda7d61e7096f47f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R718de6399ca749df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R050a5dc65e064639" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30cff242884945c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda7d61e7096f47f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tausendschön</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,470</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>