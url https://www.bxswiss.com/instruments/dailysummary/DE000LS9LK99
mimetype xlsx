--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79e14ef430b343d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca30d074c978490b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda7d61e7096f47f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83dafaf9d308498f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30cff242884945c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda7d61e7096f47f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad7b3380a3d64f88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83dafaf9d308498f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tausendschön</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>158,174</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,409</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>