--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca30d074c978490b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R139adccb459b4a19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83dafaf9d308498f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dcd00a4561544ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad7b3380a3d64f88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83dafaf9d308498f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c74c1af3b6c4947" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dcd00a4561544ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tausendschön</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,612</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>