--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd45321c6e0a24b3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0515641ad0c457e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc35728adcb974340"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8eb7fbb48cb748e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17d6542413854f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc35728adcb974340" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b476e5ffbb84788" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8eb7fbb48cb748e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QP Zaibatsu - Global Ownership</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>172,121</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,062</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>176,503</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>