--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0515641ad0c457e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08c91a0ff8134409" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8eb7fbb48cb748e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R511c4d82c77b4d3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b476e5ffbb84788" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8eb7fbb48cb748e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R859f691ffec84baf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R511c4d82c77b4d3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QP Zaibatsu - Global Ownership</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...625 lines deleted...]
-          <x:t>175,223</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>174,925</x:t>
-[...4 lines deleted...]
-          <x:t>175,249</x:t>
+          <x:t>173,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>