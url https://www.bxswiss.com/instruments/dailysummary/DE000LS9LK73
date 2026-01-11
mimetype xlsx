--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08c91a0ff8134409" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31331111eaef41ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R511c4d82c77b4d3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redc83a30b5f444e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R859f691ffec84baf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R511c4d82c77b4d3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6504c71dff5348bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redc83a30b5f444e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QP Zaibatsu - Global Ownership</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,107</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>