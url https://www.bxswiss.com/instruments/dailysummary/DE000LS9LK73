--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31331111eaef41ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra23749df168c4d1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redc83a30b5f444e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R571538f514a4453a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6504c71dff5348bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redc83a30b5f444e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R098834b305a94b44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R571538f514a4453a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QP Zaibatsu - Global Ownership</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>184,107</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>