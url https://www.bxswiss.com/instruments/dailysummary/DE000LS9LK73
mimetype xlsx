--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra23749df168c4d1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c0d28c266254d51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R571538f514a4453a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa82895f41404ab7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R098834b305a94b44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R571538f514a4453a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb288f1c5139c4a75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa82895f41404ab7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QP Zaibatsu - Global Ownership</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...377 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>180,223</x:t>
-[...252 lines deleted...]
-          <x:t>180,807</x:t>
+          <x:t>182,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,076</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>