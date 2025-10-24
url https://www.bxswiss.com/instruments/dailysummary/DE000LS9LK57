--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9e3e2a5cdea4b0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R302daac111264f86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raafe41bab90c4141"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d142bce5ad44c9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c2b2ac24d844857" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raafe41bab90c4141" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R580bd7dda59c459d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d142bce5ad44c9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenselektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,807</x:t>
-[...139 lines deleted...]
-          <x:t>85,456</x:t>
+          <x:t>85,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,640</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>16.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,855</x:t>
-[...333 lines deleted...]
-          <x:t>86,935</x:t>
+          <x:t>85,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,107</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>