--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R302daac111264f86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R590c0c4218524a86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d142bce5ad44c9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32f8a12a15624412"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R580bd7dda59c459d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d142bce5ad44c9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c1c5623db5443fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32f8a12a15624412" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenselektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,909</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>