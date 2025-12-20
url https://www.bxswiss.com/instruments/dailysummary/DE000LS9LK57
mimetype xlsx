--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R590c0c4218524a86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb748219e2f084fa4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32f8a12a15624412"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcecb8ba365494402"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c1c5623db5443fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32f8a12a15624412" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d9a26b6a4884927" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcecb8ba365494402" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenselektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...387 lines deleted...]
-          <x:t>85,372</x:t>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,148</x:t>
-[...21 lines deleted...]
-          <x:t>85,110</x:t>
+          <x:t>85,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.11.2025</x:t>
-[...181 lines deleted...]
-          <x:t>85,177</x:t>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,231</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>