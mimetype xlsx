--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb748219e2f084fa4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4169ac0afb334c0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcecb8ba365494402"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfcb17777f484556"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d9a26b6a4884927" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcecb8ba365494402" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90d5269376b343a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfcb17777f484556" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenselektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,412</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>