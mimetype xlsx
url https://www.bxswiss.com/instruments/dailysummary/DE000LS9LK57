--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4169ac0afb334c0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbb88840c9b24676" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfcb17777f484556"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5ea0447208c4dd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90d5269376b343a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfcb17777f484556" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5dd9bfdde664a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5ea0447208c4dd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenselektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,314</x:t>
-[...31 lines deleted...]
-          <x:t>88,546</x:t>
+          <x:t>89,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,932</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>90,730</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>