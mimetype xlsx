--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbb88840c9b24676" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a49efe3efe7410e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5ea0447208c4dd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05a58d9c588b4175"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5dd9bfdde664a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5ea0447208c4dd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R188497ce45ef4005" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05a58d9c588b4175" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenselektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,857</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,032</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>