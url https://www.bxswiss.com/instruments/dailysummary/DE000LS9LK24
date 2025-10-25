--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b9e00df84bb4f01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50d1ff82a4de4863" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6ea7b459b8347d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc247e9a956304578"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3871cbe70334823" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6ea7b459b8347d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ffae808dc8f4895" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc247e9a956304578" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Equity Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK24</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>88,553</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,658</x:t>
-[...458 lines deleted...]
-          <x:t>87,836</x:t>
+          <x:t>88,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>