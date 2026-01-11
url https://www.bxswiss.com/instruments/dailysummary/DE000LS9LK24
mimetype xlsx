--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50d1ff82a4de4863" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45ce4f887cca41d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc247e9a956304578"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac61cce253cf4e04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ffae808dc8f4895" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc247e9a956304578" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5947386ffae74e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac61cce253cf4e04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Equity Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK24</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>88,167</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>