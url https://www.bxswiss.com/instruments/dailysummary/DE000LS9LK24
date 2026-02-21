--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45ce4f887cca41d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cee4b7062df4d62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac61cce253cf4e04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15017f05295d4d1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5947386ffae74e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac61cce253cf4e04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R417c6c67639d4daf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15017f05295d4d1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Equity Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK24</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>94,894</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,237</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>