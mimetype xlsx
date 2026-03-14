--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cee4b7062df4d62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc42494a9910d42ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15017f05295d4d1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d293fb52af14e77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R417c6c67639d4daf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15017f05295d4d1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3039baa4feb4a92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d293fb52af14e77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Equity Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LK24</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,934</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,527</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>