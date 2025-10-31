--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76b43f3961344353" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62cc77c5ac0c462f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde25f04c6a9e465c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ba31d75f19f40dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R486624eb891045fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde25f04c6a9e465c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84bccc3457e04f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ba31d75f19f40dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertefinder Technologie 5G</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LJB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.879,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.915,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.877,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.893,102</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.965,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.975,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.946,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.966,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.970,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.992,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.959,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.969,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.961,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.978,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.959,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.978,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.930,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.969,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.921,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.968,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.991,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.994,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.965,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.978,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.993,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.004,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.987,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.991,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.904,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.951,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.896,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.938,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.911,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.915,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.882,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.883,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.905,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.914,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.904,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.912,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.928,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.950,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.910,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.911,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.808,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.875,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.807,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.870,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.887,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.911,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.877,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.907,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.901,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.920,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.886,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.905,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.910,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.923,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.864,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.864,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.884,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.918,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.862,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.918,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.937,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.968,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.934,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.965,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.004,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.014,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.994,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.006,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.015,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.023,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.009,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.019,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.084,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.095,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.079,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.086,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.117,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.066,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.084,483</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>