--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62cc77c5ac0c462f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86f5a668e9c547f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ba31d75f19f40dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c29719ac17c45dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84bccc3457e04f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ba31d75f19f40dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25bc7eecc5bc468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c29719ac17c45dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertefinder Technologie 5G</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LJB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.887,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.911,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.877,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.907,279</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.102,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.117,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.066,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.084,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.117,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.147,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.107,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.113,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.140,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.163,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.128,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.136,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.086,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.115,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.067,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.073,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.997,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.066,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.993,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.060,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.022,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.050,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.951,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.959,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.970,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.971,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.876,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.882,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.970,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.971,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.876,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.882,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.016,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.019,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.972,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.972,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.984,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.991,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.935,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.946,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.946,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.947,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.927,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.927,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.808,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.858,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.749,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.855,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.869,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.871,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.813,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.827,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.768,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.789,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.737,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.778,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.761,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.839,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.759,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.813,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.892,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.901,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.835,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.839,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>