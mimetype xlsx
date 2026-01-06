--- v2 (2025-11-21)
+++ v3 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86f5a668e9c547f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7deaf23f2366483c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c29719ac17c45dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9abd7edf204549ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25bc7eecc5bc468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c29719ac17c45dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3148adca72774cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9abd7edf204549ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertefinder Technologie 5G</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LJB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>2.839,618</x:t>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.009,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.040,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.003,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.024,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.033,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.067,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.031,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.058,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.044,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.066,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.035,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.060,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.067,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.075,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.043,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.061,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.034,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.055,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.982,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.998,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.030,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.030,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.929,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.939,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.942,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.951,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.903,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.908,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.872,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.898,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.864,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.874,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.901,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.909,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.814,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.824,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.813,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.857,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.811,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.838,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.850,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.877,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.841,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.873,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.896,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.907,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.884,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.903,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.886,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.897,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.871,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.896,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.905,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.915,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.886,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.896,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.900,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.904,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.895,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.901,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.965,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.997,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.963,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.989,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>