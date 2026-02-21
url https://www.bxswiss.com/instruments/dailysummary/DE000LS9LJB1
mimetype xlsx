--- v3 (2026-01-06)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7deaf23f2366483c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28aef774ccdc4775" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9abd7edf204549ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d76cf2bf07147f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3148adca72774cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9abd7edf204549ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aa871d1aa2f4e7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d76cf2bf07147f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertefinder Technologie 5G</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LJB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>2.989,346</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.971,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.015,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.963,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.010,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.999,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.043,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.994,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.033,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.085,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.103,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.049,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.059,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.043,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.051,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.016,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.032,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.965,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.002,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.942,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.002,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.029,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.063,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.018,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.054,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.083,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.096,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.028,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.028,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.029,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.032,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.942,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.944,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.971,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.025,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.955,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.989,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.911,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.033,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.910,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.022,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.035,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.038,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.886,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.890,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.905,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.913,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.886,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.898,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.869,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.877,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.795,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.814,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.838,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.910,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.838,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.908,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.944,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.968,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.897,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.968,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.964,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.990,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.937,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.982,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.016,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.067,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.004,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.021,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.012,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.023,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.954,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.954,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.970,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.989,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.928,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.974,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.980,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.993,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.978,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.981,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.969,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.979,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.936,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.972,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.997,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.024,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.968,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.024,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.014,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.017,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.986,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.002,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.011,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.020,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.000,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.000,613</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>