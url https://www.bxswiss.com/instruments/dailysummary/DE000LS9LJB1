--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28aef774ccdc4775" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa1fd8d300574fd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d76cf2bf07147f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e70d55c0c294011"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aa871d1aa2f4e7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d76cf2bf07147f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99a71135a1374093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e70d55c0c294011" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertefinder Technologie 5G</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LJB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.964,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.990,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.937,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.982,896</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.011,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.020,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.000,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.000,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.979,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.000,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.937,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.945,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.979,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.022,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.960,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.010,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.018,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.069,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.017,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.048,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.976,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.997,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.968,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.993,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.938,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.951,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.933,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.945,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.908,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.940,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.902,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.934,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.958,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.958,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.909,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.938,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.929,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.001,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.928,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.987,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.993,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.009,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.965,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.994,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.975,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.978,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.900,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.928,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.824,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.916,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.823,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.915,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.983,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.002,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.955,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.998,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.981,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.021,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.973,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.994,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.002,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.002,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.955,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.984,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.964,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.017,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.949,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.955,086</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>