--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c8b5d4960d541a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2be7044051c1471a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64cbbf096840435b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0893c08b2dcd441c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05c09439d85c496d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64cbbf096840435b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fdd0115be064b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0893c08b2dcd441c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Agiles Trend Investing in DACH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LJ84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>94,965</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,791</x:t>
-[...183 lines deleted...]
-          <x:t>94,474</x:t>
+          <x:t>94,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,558</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>15.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,706</x:t>
-[...193 lines deleted...]
-          <x:t>94,354</x:t>
+          <x:t>94,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,453</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>94,283</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,483</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>94,470</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>