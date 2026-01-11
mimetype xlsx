--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2be7044051c1471a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb67ada30607a4664" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0893c08b2dcd441c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04213b6d281d4475"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fdd0115be064b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0893c08b2dcd441c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raecb90cdc30f49fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04213b6d281d4475" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Agiles Trend Investing in DACH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LJ84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>94,091</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,242</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>94,089</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,191</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>93,620</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,190</x:t>
-[...112 lines deleted...]
-          <x:t>93,545</x:t>
+          <x:t>93,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,081</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>