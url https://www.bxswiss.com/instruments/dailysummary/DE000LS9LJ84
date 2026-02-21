--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb67ada30607a4664" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89a372e696c549bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04213b6d281d4475"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd75d1b7294654126"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raecb90cdc30f49fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04213b6d281d4475" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56aba897d4444f9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd75d1b7294654126" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Agiles Trend Investing in DACH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LJ84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>94,081</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,073</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>