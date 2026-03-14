--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89a372e696c549bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83817fb1327748e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd75d1b7294654126"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd59decc3af564760"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56aba897d4444f9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd75d1b7294654126" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raff937afbf964413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd59decc3af564760" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Agiles Trend Investing in DACH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LJ84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,957</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>