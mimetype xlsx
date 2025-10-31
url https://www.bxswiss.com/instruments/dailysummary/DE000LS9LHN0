--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2afd6f7801004d58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3302ac29e9bf4e80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34e606e4484e44db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R964541d1327948db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2537fba0582d4a91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34e606e4484e44db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf61bee4e51924b4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R964541d1327948db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DividendePlusChance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,992</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,357</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>