--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3302ac29e9bf4e80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53c8be0eff63402a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R964541d1327948db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41878f2df41e4ae6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf61bee4e51924b4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R964541d1327948db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f3ff5b2233f4e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41878f2df41e4ae6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DividendePlusChance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>251,357</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>