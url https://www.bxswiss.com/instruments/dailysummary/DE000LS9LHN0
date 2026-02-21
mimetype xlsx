--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53c8be0eff63402a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e6d3a1bb50a4260" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41878f2df41e4ae6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e32703b3b934946"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f3ff5b2233f4e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41878f2df41e4ae6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde0d5cffa7a341cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e32703b3b934946" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DividendePlusChance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>257,688</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>