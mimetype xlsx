--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e6d3a1bb50a4260" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58d7be181a8d474f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e32703b3b934946"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40b0ea2076d94e59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde0d5cffa7a341cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e32703b3b934946" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf814cd971407409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40b0ea2076d94e59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DividendePlusChance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,735</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>