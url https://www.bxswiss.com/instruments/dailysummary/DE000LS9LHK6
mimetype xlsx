--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf77898da5e2f4d5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dce8ed66cb748c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd79f14e5508e474f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb321020f3b449a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e2e2e6180114971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd79f14e5508e474f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra70e3c8dd31f43a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb321020f3b449a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Technologiekonzerne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>81,986</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,799</x:t>
-[...26 lines deleted...]
-          <x:t>81,757</x:t>
+          <x:t>82,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,909</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...478 lines deleted...]
-          <x:t>81,909</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>