--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dce8ed66cb748c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6182adaa069e426f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb321020f3b449a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b83b66f860e40f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra70e3c8dd31f43a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb321020f3b449a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd35bff33372746f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b83b66f860e40f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Technologiekonzerne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,711</x:t>
+          <x:t>81,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,633</x:t>
-[...350 lines deleted...]
-          <x:t>81,106</x:t>
+          <x:t>81,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,748</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>