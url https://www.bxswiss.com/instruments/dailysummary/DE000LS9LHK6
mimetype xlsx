--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6182adaa069e426f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f83cdc8ff4749c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b83b66f860e40f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc384ce14c9d4eb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd35bff33372746f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b83b66f860e40f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6dd8d13595749b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc384ce14c9d4eb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Technologiekonzerne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...377 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,609</x:t>
-[...70 lines deleted...]
-          <x:t>06.11.2025</x:t>
+          <x:t>81,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,690</x:t>
-[...171 lines deleted...]
-          <x:t>80,748</x:t>
+          <x:t>81,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>