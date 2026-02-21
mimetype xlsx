--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f83cdc8ff4749c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd154388c2da34754" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc384ce14c9d4eb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc36723499526485f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6dd8d13595749b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc384ce14c9d4eb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae432196f48146b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc36723499526485f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Technologiekonzerne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>81,510</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,496</x:t>
-[...53 lines deleted...]
-          <x:t>81,571</x:t>
+          <x:t>80,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>