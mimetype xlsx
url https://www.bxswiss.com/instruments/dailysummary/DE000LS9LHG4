--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R209fe0f27a1f4651" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2324796a85434149" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac6857d69e5c446b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R571ca14d3b924f89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db24238b60e420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac6857d69e5c446b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raca0833680a24d7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R571ca14d3b924f89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TSI Strategie Nasdaq-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>886,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>908,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>885,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>896,170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>944,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>953,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>932,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>952,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>970,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>952,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>958,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>947,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>962,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>941,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>953,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>978,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>952,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>964,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>977,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>983,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>963,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>978,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>984,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.000,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>951,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>953,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>969,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>946,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>944,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>959,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>916,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>953,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>967,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>987,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>964,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>965,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>962,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>977,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>950,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>954,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>857,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>940,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>920,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>913,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>922,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>913,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>880,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>907,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>967,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>968,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>939,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>946,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>950,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>960,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>946,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>958,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>962,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>965,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>944,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>948,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>920,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>944,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>