--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2324796a85434149" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a14d750c1a64589" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R571ca14d3b924f89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd27ee35bcc24ad2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raca0833680a24d7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R571ca14d3b924f89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54453525a94e4e86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd27ee35bcc24ad2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TSI Strategie Nasdaq-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>936,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>940,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>920,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>935,133</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>944,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>948,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>920,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>944,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>948,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>965,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>943,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>944,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>992,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>945,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>923,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>953,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>945,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>963,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>830,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>909,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>903,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>813,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>760,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>760,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>815,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>