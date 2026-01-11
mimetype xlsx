--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a14d750c1a64589" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc30ff2db2f284669" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd27ee35bcc24ad2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9904778afe994b6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54453525a94e4e86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd27ee35bcc24ad2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7592c2332a1b4edc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9904778afe994b6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TSI Strategie Nasdaq-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...230 lines deleted...]
-          <x:t>920,191</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>892,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>843,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>854,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>926,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>907,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>922,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>923,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>907,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>865,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>867,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>922,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>940,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>909,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>944,818</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>775,322</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>953,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>972,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>988,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>964,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>987,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>975,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.036,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>975,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.013,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.010,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>