--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc30ff2db2f284669" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfecbff4597194f59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9904778afe994b6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ac59d059d974a6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7592c2332a1b4edc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9904778afe994b6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re49ece34e75c4a51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ac59d059d974a6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TSI Strategie Nasdaq-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1.046,123</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.025,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.031,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>998,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.000,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.009,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.010,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>976,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>992,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.004,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.014,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>979,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.005,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>980,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>993,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>965,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>968,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>969,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>986,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>954,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>983,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.004,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.023,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.002,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.018,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.023,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.024,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>969,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>969,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>982,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>942,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>942,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>954,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>954,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>834,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>858,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>858,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>882,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>818,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>818,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>828,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>833,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>825,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>912,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>