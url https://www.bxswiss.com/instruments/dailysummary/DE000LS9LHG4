--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfecbff4597194f59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f279fcd00944911" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ac59d059d974a6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2edb9fcdca584524"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re49ece34e75c4a51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ac59d059d974a6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc68e91f23a848f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2edb9fcdca584524" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TSI Strategie Nasdaq-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>905,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>910,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>875,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>889,634</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>905,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>912,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>890,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>901,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>854,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>839,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>854,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>858,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>867,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>926,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>857,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>916,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>916,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>919,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>926,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>907,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>916,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>882,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>915,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>923,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>919,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>917,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>948,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>911,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>922,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>928,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>917,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>914,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>939,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>900,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>