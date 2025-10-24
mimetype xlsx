--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eb9a739349d4d07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd59415091c5e4314" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72c2d6d3893148c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2846ea8419384250"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8719bacf0104ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72c2d6d3893148c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73e47e38e3ae4ff0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2846ea8419384250" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Minimum-Maximum-Strategie-EU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,576</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,203</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>