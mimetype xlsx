--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd59415091c5e4314" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27313b1c27064c3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2846ea8419384250"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f7c05246196489c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73e47e38e3ae4ff0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2846ea8419384250" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57e9d20b674d41b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f7c05246196489c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Minimum-Maximum-Strategie-EU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>223,203</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>