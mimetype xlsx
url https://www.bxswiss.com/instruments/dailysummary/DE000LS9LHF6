--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27313b1c27064c3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6697afaa02c841b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f7c05246196489c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb3d719d99c84b64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57e9d20b674d41b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f7c05246196489c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reacde00832994368" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb3d719d99c84b64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Minimum-Maximum-Strategie-EU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,278</x:t>
@@ -764,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>