--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6697afaa02c841b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R846af94da1104957" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb3d719d99c84b64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb901649fd11404d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reacde00832994368" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb3d719d99c84b64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f644e2c5d344923" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb901649fd11404d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Minimum-Maximum-Strategie-EU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>244,340</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>