--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R846af94da1104957" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra740fe92ad0d4a36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb901649fd11404d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red3b70e700b0462a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f644e2c5d344923" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb901649fd11404d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R536c014e668149e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red3b70e700b0462a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Minimum-Maximum-Strategie-EU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LHF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,660</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,836</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>